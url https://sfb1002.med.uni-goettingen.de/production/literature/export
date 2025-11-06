--- v0 (2025-10-10)
+++ v1 (2025-11-06)
@@ -559,32 +559,32 @@
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>SFB 1002 Literature Repository</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-  <dc:title>Literature Export 2025-10-10 04:47:00</dc:title>
-  <dc:description>Export of the SFB 1002 Literature Repository. (2025-10-10 04:47:00)</dc:description>
+  <dc:title>Literature Export 2025-11-06 18:19:40</dc:title>
+  <dc:description>Export of the SFB 1002 Literature Repository. (2025-11-06 18:19:40)</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>