--- v1 (2025-11-06)
+++ v2 (2025-11-27)
@@ -559,32 +559,32 @@
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>SFB 1002 Literature Repository</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-  <dc:title>Literature Export 2025-11-06 18:19:40</dc:title>
-  <dc:description>Export of the SFB 1002 Literature Repository. (2025-11-06 18:19:40)</dc:description>
+  <dc:title>Literature Export 2025-11-27 20:50:24</dc:title>
+  <dc:description>Export of the SFB 1002 Literature Repository. (2025-11-27 20:50:24)</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>