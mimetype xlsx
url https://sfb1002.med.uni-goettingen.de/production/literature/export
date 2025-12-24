--- v2 (2025-11-27)
+++ v3 (2025-12-24)
@@ -559,32 +559,32 @@
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>SFB 1002 Literature Repository</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-  <dc:title>Literature Export 2025-11-27 20:50:24</dc:title>
-  <dc:description>Export of the SFB 1002 Literature Repository. (2025-11-27 20:50:24)</dc:description>
+  <dc:title>Literature Export 2025-12-24 20:52:25</dc:title>
+  <dc:description>Export of the SFB 1002 Literature Repository. (2025-12-24 20:52:25)</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>