--- v3 (2025-12-24)
+++ v4 (2026-01-07)
@@ -559,32 +559,32 @@
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>SFB 1002 Literature Repository</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-  <dc:title>Literature Export 2025-12-24 20:52:25</dc:title>
-  <dc:description>Export of the SFB 1002 Literature Repository. (2025-12-24 20:52:25)</dc:description>
+  <dc:title>Literature Export 2026-01-07 01:52:09</dc:title>
+  <dc:description>Export of the SFB 1002 Literature Repository. (2026-01-07 01:52:09)</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>