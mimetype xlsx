--- v4 (2026-01-07)
+++ v5 (2026-01-11)
@@ -559,32 +559,32 @@
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>SFB 1002 Literature Repository</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-  <dc:title>Literature Export 2026-01-07 01:52:09</dc:title>
-  <dc:description>Export of the SFB 1002 Literature Repository. (2026-01-07 01:52:09)</dc:description>
+  <dc:title>Literature Export 2026-01-11 01:30:30</dc:title>
+  <dc:description>Export of the SFB 1002 Literature Repository. (2026-01-11 01:30:30)</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>