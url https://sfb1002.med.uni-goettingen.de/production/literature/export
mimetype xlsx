--- v5 (2026-01-11)
+++ v6 (2026-02-01)
@@ -559,32 +559,32 @@
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>SFB 1002 Literature Repository</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-  <dc:title>Literature Export 2026-01-11 01:30:30</dc:title>
-  <dc:description>Export of the SFB 1002 Literature Repository. (2026-01-11 01:30:30)</dc:description>
+  <dc:title>Literature Export 2026-02-01 11:09:38</dc:title>
+  <dc:description>Export of the SFB 1002 Literature Repository. (2026-02-01 11:09:38)</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>