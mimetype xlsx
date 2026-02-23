--- v6 (2026-02-01)
+++ v7 (2026-02-23)
@@ -559,32 +559,32 @@
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>SFB 1002 Literature Repository</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-  <dc:title>Literature Export 2026-02-01 11:09:38</dc:title>
-  <dc:description>Export of the SFB 1002 Literature Repository. (2026-02-01 11:09:38)</dc:description>
+  <dc:title>Literature Export 2026-02-23 04:52:41</dc:title>
+  <dc:description>Export of the SFB 1002 Literature Repository. (2026-02-23 04:52:41)</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>