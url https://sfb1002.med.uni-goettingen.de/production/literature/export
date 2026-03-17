--- v7 (2026-02-23)
+++ v8 (2026-03-17)
@@ -559,32 +559,32 @@
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>SFB 1002 Literature Repository</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-  <dc:title>Literature Export 2026-02-23 04:52:41</dc:title>
-  <dc:description>Export of the SFB 1002 Literature Repository. (2026-02-23 04:52:41)</dc:description>
+  <dc:title>Literature Export 2026-03-17 20:27:21</dc:title>
+  <dc:description>Export of the SFB 1002 Literature Repository. (2026-03-17 20:27:21)</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>